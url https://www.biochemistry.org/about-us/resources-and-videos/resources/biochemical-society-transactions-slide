--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -1,71 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="256" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -144,122 +145,165 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}" v="3" dt="2025-08-20T09:40:49.592"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr>
-[...2 lines deleted...]
-  </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="59" d="100"/>
-          <a:sy n="59" d="100"/>
+          <a:sx n="1" d="2"/>
+          <a:sy n="1" d="2"/>
         </p:scale>
-        <p:origin x="84" y="292"/>
+        <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:notesTextViewPr>
-[...8 lines deleted...]
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Rupa Kotak" userId="S::rupa.kotak@biochemistry.org::5d615efb-509b-49e0-9a40-3d8325b99017" providerId="AD" clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Rupa Kotak" userId="S::rupa.kotak@biochemistry.org::5d615efb-509b-49e0-9a40-3d8325b99017" providerId="AD" clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}" dt="2025-08-20T09:40:48.795" v="0"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="addSp modSp">
+        <pc:chgData name="Rupa Kotak" userId="S::rupa.kotak@biochemistry.org::5d615efb-509b-49e0-9a40-3d8325b99017" providerId="AD" clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}" dt="2025-08-20T09:40:48.795" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2727967227" sldId="256"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Rupa Kotak" userId="S::rupa.kotak@biochemistry.org::5d615efb-509b-49e0-9a40-3d8325b99017" providerId="AD" clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}" dt="2025-08-20T09:40:48.795" v="0"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2727967227" sldId="256"/>
+            <ac:picMk id="4" creationId="{3FC8381F-7ABC-C08B-9DA9-8F0087A12DC7}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Rupa Kotak" userId="5d615efb-509b-49e0-9a40-3d8325b99017" providerId="ADAL" clId="{79AE9F60-54E6-475C-9DEC-DCDB08F531B0}"/>
     <pc:docChg chg="addSld delSld modSld">
       <pc:chgData name="Rupa Kotak" userId="5d615efb-509b-49e0-9a40-3d8325b99017" providerId="ADAL" clId="{79AE9F60-54E6-475C-9DEC-DCDB08F531B0}" dt="2025-04-03T15:00:11.486" v="2" actId="22"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp new mod">
         <pc:chgData name="Rupa Kotak" userId="5d615efb-509b-49e0-9a40-3d8325b99017" providerId="ADAL" clId="{79AE9F60-54E6-475C-9DEC-DCDB08F531B0}" dt="2025-04-03T15:00:11.486" v="2" actId="22"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2727967227" sldId="256"/>
         </pc:sldMkLst>
         <pc:picChg chg="add">
           <ac:chgData name="Rupa Kotak" userId="5d615efb-509b-49e0-9a40-3d8325b99017" providerId="ADAL" clId="{79AE9F60-54E6-475C-9DEC-DCDB08F531B0}" dt="2025-04-03T15:00:11.486" v="2" actId="22"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2727967227" sldId="256"/>
             <ac:picMk id="5" creationId="{6135A78A-C69A-0379-E564-E69818697669}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
       <pc:sldChg chg="del">
         <pc:chgData name="Rupa Kotak" userId="5d615efb-509b-49e0-9a40-3d8325b99017" providerId="ADAL" clId="{79AE9F60-54E6-475C-9DEC-DCDB08F531B0}" dt="2025-04-03T15:00:03.849" v="0" actId="47"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3225038454" sldId="263"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="" userId="" providerId="" clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}" dt="2025-08-20T09:40:45.123" v="0"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="delSp">
+        <pc:chgData name="" userId="" providerId="" clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}" dt="2025-08-20T09:40:45.123" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2727967227" sldId="256"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="del">
+          <ac:chgData name="" userId="" providerId="" clId="Web-{7B15C009-59A4-7435-DA7D-F8FAE3DB1738}" dt="2025-08-20T09:40:45.123" v="0"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2727967227" sldId="256"/>
+            <ac:picMk id="5" creationId="{6135A78A-C69A-0379-E564-E69818697669}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -412,51 +456,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9F52A91-ECB7-674A-BFA7-BDE12696C8C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20569A27-C008-256B-24CA-57A55EA2DDF5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -612,51 +656,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{208247AC-2432-3FF9-191C-4B151E66F729}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A516299D-24D5-AB25-C6F4-803ACC05B2B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -822,51 +866,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94E64C11-C2C9-1DDC-6B58-74C04253AC62}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA62B74B-61D3-0DDA-6457-BE37215CC5AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1022,51 +1066,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F514C1E-A0F3-0780-06F5-B4535F7E050C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DA71598-0810-DCEF-54E9-6CBD64EA4877}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1298,51 +1342,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A96731E1-B715-64C0-BC99-2FE9CD1E5E09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E391C767-4D51-D249-3C3D-6E313CFB8270}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1566,51 +1610,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3F419D4-DCEC-B64A-9AA2-289B95534A0A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0DFD0F7-0664-6EA6-2A67-61520A909A5D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1981,51 +2025,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DFAC79B-E8B6-405D-E6B4-CECC4DAC1734}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58DCE895-B48D-AA44-80B8-1C0601FAF897}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2123,51 +2167,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC742394-1507-1BAC-122C-328CFB9B3501}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{166A06D6-4802-B11D-C84F-CE1C9764DEA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2236,51 +2280,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8803D3A-FD14-7488-02B6-E13BCE37C4C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0559A01F-4E71-D728-C445-F7041B06D72E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2549,51 +2593,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56D6D861-4676-2DBD-38FB-206DBE04DE2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05F5BD64-D110-BEBF-4772-AE7C3E978D0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2838,51 +2882,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4047174C-3EA4-D30C-EF40-0C53C8073D44}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F53E396-B95B-074B-0FD8-57B99F233D10}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3085,51 +3129,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D650B585-D11D-4963-9BEC-6DAEAC3F160F}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>03/04/2025</a:t>
+              <a:t>20/08/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6973D83A-14CE-FFFB-2649-8529AF46F279}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3558,72 +3602,72 @@
           <p:cNvPr id="3" name="Subtitle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CBC87E8-7BE3-67D6-26EE-E2E33F1ED9EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6135A78A-C69A-0379-E564-E69818697669}"/>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FC8381F-7ABC-C08B-9DA9-8F0087A12DC7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1390"/>
-            <a:ext cx="12192000" cy="6855220"/>
+            <a:off x="706" y="0"/>
+            <a:ext cx="12190588" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2727967227"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3927,84 +3971,85 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C53EF7666D88B742A829707A2A6D6726" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8fb90e1794e180edb6816cafa13758d8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="e63cdf6e-e8cf-4958-aa36-db5be9417532" xmlns:ns3="5bfc1006-60fa-4458-b45e-a375c481069e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1d47e2b114c0fa023097ab8f13b4009" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C53EF7666D88B742A829707A2A6D6726" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2891dec20fd37f837d1d0c5c0343c637">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="e63cdf6e-e8cf-4958-aa36-db5be9417532" xmlns:ns3="5bfc1006-60fa-4458-b45e-a375c481069e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37a072a0986fbab060ade19c7b72e7c4" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="e63cdf6e-e8cf-4958-aa36-db5be9417532"/>
     <xsd:import namespace="5bfc1006-60fa-4458-b45e-a375c481069e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="22" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e63cdf6e-e8cf-4958-aa36-db5be9417532" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -4124,50 +4169,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="26" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="28" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="155cccd8-958d-46cd-bfef-eb652fc1fc1d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="30" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="31" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="32" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -4225,128 +4275,129 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="5bfc1006-60fa-4458-b45e-a375c481069e" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5bfc1006-60fa-4458-b45e-a375c481069e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="e63cdf6e-e8cf-4958-aa36-db5be9417532" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45C318BC-1C87-400C-9EDD-DB6B21A203F9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B7EBC12-330E-4F47-8EE8-CAD0C4A12FA8}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B8EF21E-894F-4436-8533-7DBAFA4E6F98}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23DF829C-7522-49DA-ABA9-4C2450227324}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="5bfc1006-60fa-4458-b45e-a375c481069e"/>
+    <ds:schemaRef ds:uri="e63cdf6e-e8cf-4958-aa36-db5be9417532"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23DF829C-7522-49DA-ABA9-4C2450227324}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B8EF21E-894F-4436-8533-7DBAFA4E6F98}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
-  <Words>0</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>0</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Arial</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Rupa Kotak</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C53EF7666D88B742A829707A2A6D6726</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>